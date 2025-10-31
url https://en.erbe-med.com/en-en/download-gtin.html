--- v0 (2025-10-10)
+++ v1 (2025-10-31)
@@ -923,104 +923,104 @@
   <si>
     <t>04050147010017</t>
   </si>
   <si>
     <t>20132-228</t>
   </si>
   <si>
     <t>04050147014824</t>
   </si>
   <si>
     <t>20132-249</t>
   </si>
   <si>
     <t>APCapplicator Adapter für APC 2 mit APC-Buchse</t>
   </si>
   <si>
     <t>04050147020290</t>
   </si>
   <si>
     <t>20132-250</t>
   </si>
   <si>
     <t>APCapplicator Filter, Spatel, L 35mm</t>
   </si>
   <si>
+    <t>04050147024410</t>
+  </si>
+  <si>
     <t>04050147024403</t>
   </si>
   <si>
-    <t>04050147024410</t>
-[...1 lines deleted...]
-  <si>
     <t>20132-251</t>
   </si>
   <si>
     <t>APCapplicator Filter, Nadel, L 35mm</t>
   </si>
   <si>
     <t>04050147024441</t>
   </si>
   <si>
     <t>04050147024434</t>
   </si>
   <si>
     <t>20132-252</t>
   </si>
   <si>
     <t>APCapplicator Filter, Spatel, L 100mm</t>
   </si>
   <si>
     <t>04050147024465</t>
   </si>
   <si>
     <t>04050147024458</t>
   </si>
   <si>
     <t>20132-253</t>
   </si>
   <si>
     <t>APCapplicator Filter, Nadel, L 100mm</t>
   </si>
   <si>
+    <t>04050147024472</t>
+  </si>
+  <si>
     <t>04050147024489</t>
   </si>
   <si>
-    <t>04050147024472</t>
-[...1 lines deleted...]
-  <si>
     <t>20132-254</t>
   </si>
   <si>
     <t>APCapplicator Filter, Spatel, ø 5mm, L 350mm</t>
   </si>
   <si>
+    <t>04050147024496</t>
+  </si>
+  <si>
     <t>04050147024502</t>
   </si>
   <si>
-    <t>04050147024496</t>
-[...1 lines deleted...]
-  <si>
     <t>20132-255</t>
   </si>
   <si>
     <t>APCapplicator Filter, Nadel, ø 5mm, L 350mm</t>
   </si>
   <si>
     <t>04050147024526</t>
   </si>
   <si>
     <t>04050147024519</t>
   </si>
   <si>
     <t>20132-256</t>
   </si>
   <si>
     <t>APCapplicator Filter, biegbar, L 250mm</t>
   </si>
   <si>
     <t>04050147024564</t>
   </si>
   <si>
     <t>04050147024557</t>
   </si>
   <si>
     <t>20132-257</t>
@@ -1340,56 +1340,56 @@
   <si>
     <t>04050147019638</t>
   </si>
   <si>
     <t>04050147011014</t>
   </si>
   <si>
     <t>20150-036</t>
   </si>
   <si>
     <t>Applikator, gerade, monopolar L 80mm, ø6mm, m. Absaugung</t>
   </si>
   <si>
     <t>04050147024083</t>
   </si>
   <si>
     <t>04050147024090</t>
   </si>
   <si>
     <t>20150-038</t>
   </si>
   <si>
     <t>Applikator, gerade L 306mm, ø 6mm, m. Absaugung</t>
   </si>
   <si>
+    <t>04050147019645</t>
+  </si>
+  <si>
     <t>04050147001831</t>
   </si>
   <si>
-    <t>04050147019645</t>
-[...1 lines deleted...]
-  <si>
     <t>20150-039</t>
   </si>
   <si>
     <t>Applikator, gerade L 180mm, ø 6mm, m. Absaugung</t>
   </si>
   <si>
     <t>04050147011021</t>
   </si>
   <si>
     <t>04050147019652</t>
   </si>
   <si>
     <t>20150-041</t>
   </si>
   <si>
     <t>Applikator, bajonett L 90mm,ø 2,8mm, m. Absaugung</t>
   </si>
   <si>
     <t>04050147001848</t>
   </si>
   <si>
     <t>04050147019669</t>
   </si>
   <si>
     <t>20150-050</t>
@@ -1490,56 +1490,56 @@
   <si>
     <t>04050147022942</t>
   </si>
   <si>
     <t>04050147022980</t>
   </si>
   <si>
     <t>20150-111</t>
   </si>
   <si>
     <t>HYBRIDknife® flex T-Type E-lang, ø 2,6mm, L 2,3m</t>
   </si>
   <si>
     <t>04050147022959</t>
   </si>
   <si>
     <t>04050147022997</t>
   </si>
   <si>
     <t>20150-112</t>
   </si>
   <si>
     <t>HYBRIDknife® flex I-Type E-kurz, ø 2,6mm, L 2,3m</t>
   </si>
   <si>
+    <t>04050147022966</t>
+  </si>
+  <si>
     <t>04050147023000</t>
   </si>
   <si>
-    <t>04050147022966</t>
-[...1 lines deleted...]
-  <si>
     <t>20150-113</t>
   </si>
   <si>
     <t>HYBRIDknife® flex I-Type E-lang, ø 2,6mm, L 2,3m</t>
   </si>
   <si>
     <t>04050147023017</t>
   </si>
   <si>
     <t>04050147022973</t>
   </si>
   <si>
     <t>20150-215</t>
   </si>
   <si>
     <t>04050147020092</t>
   </si>
   <si>
     <t>04050147020108</t>
   </si>
   <si>
     <t>20150-220</t>
   </si>
   <si>
     <t>04050147001879</t>
@@ -5690,107 +5690,107 @@
   <si>
     <t>04065655000375</t>
   </si>
   <si>
     <t>20325-240</t>
   </si>
   <si>
     <t>ERBEFLO CleverCap® Olympus® Scopes &amp; UCR</t>
   </si>
   <si>
     <t>04065655000405</t>
   </si>
   <si>
     <t>04065655000412</t>
   </si>
   <si>
     <t>04065655000429</t>
   </si>
   <si>
     <t>20325-243</t>
   </si>
   <si>
     <t>ERBEFLO AeroRinse® for Olympus® Scopes &amp; UCR</t>
   </si>
   <si>
+    <t>04065655000979</t>
+  </si>
+  <si>
     <t>04065655000986</t>
   </si>
   <si>
-    <t>04065655000979</t>
-[...1 lines deleted...]
-  <si>
     <t>04065655000993</t>
   </si>
   <si>
     <t>20325-248</t>
   </si>
   <si>
     <t>04065655001013</t>
   </si>
   <si>
     <t>04065655001006</t>
   </si>
   <si>
     <t>04065655001020</t>
   </si>
   <si>
     <t>20325-301</t>
   </si>
   <si>
     <t>Hybrid Tubing/Cap Set for Olympus® Scopes</t>
   </si>
   <si>
     <t>04050147012981</t>
   </si>
   <si>
     <t>04050147013551</t>
   </si>
   <si>
     <t>04050147022003</t>
   </si>
   <si>
     <t>04050147013568</t>
   </si>
   <si>
     <t>04050147022010</t>
   </si>
   <si>
     <t>20325-302</t>
   </si>
   <si>
     <t>Hybrid Tubing/Cap Set für Pentax® Scopes</t>
   </si>
   <si>
+    <t>04050147022041</t>
+  </si>
+  <si>
+    <t>04050147013582</t>
+  </si>
+  <si>
     <t>04050147012998</t>
   </si>
   <si>
-    <t>04050147022041</t>
-[...4 lines deleted...]
-  <si>
     <t>04050147013575</t>
   </si>
   <si>
     <t>04050147022058</t>
   </si>
   <si>
     <t>20325-303</t>
   </si>
   <si>
     <t>Hybrid Tubing/Cap Set for Fujifilm Scopes - Canada</t>
   </si>
   <si>
     <t>04050147022638</t>
   </si>
   <si>
     <t>04050147022676</t>
   </si>
   <si>
     <t>04050147022669</t>
   </si>
   <si>
     <t>20325-305</t>
   </si>
   <si>
     <t>Hybrid OFP &amp; EndoStat Tubing/ Cap Set for Olympus® Scopes</t>
@@ -6656,56 +6656,56 @@
   <si>
     <t>04260386576148</t>
   </si>
   <si>
     <t>20821-006</t>
   </si>
   <si>
     <t>Kameraüberzug für VIRON XO geschlossenes System</t>
   </si>
   <si>
     <t>20830-013</t>
   </si>
   <si>
     <t>Insufflationsschlauch mit integriertem Filter</t>
   </si>
   <si>
     <t>03760278264036</t>
   </si>
   <si>
     <t>20830-014</t>
   </si>
   <si>
     <t>Insufflationsschlauch</t>
   </si>
   <si>
+    <t>03700512926191</t>
+  </si>
+  <si>
     <t>03700512906193</t>
   </si>
   <si>
-    <t>03700512926191</t>
-[...1 lines deleted...]
-  <si>
     <t>20830-015</t>
   </si>
   <si>
     <t>Hygienefilter für CO2-Gas-Insufflator</t>
   </si>
   <si>
     <t>03700512926160</t>
   </si>
   <si>
     <t>03700512906162</t>
   </si>
   <si>
     <t>20830-016</t>
   </si>
   <si>
     <t>Externer Gasfilter für Gasanschluss</t>
   </si>
   <si>
     <t>04050147999947</t>
   </si>
   <si>
     <t>20830-017</t>
   </si>
   <si>
     <t>Flexibler Schlauch 7/16F UNF - PRESA NIST 180°</t>
@@ -9164,56 +9164,56 @@
   <si>
     <t>04050147010925</t>
   </si>
   <si>
     <t>04050147018556</t>
   </si>
   <si>
     <t>21191-007</t>
   </si>
   <si>
     <t>Spatelelektrode, 2x6mm gerade, L 45mm, ø 4mm</t>
   </si>
   <si>
     <t>04050147010932</t>
   </si>
   <si>
     <t>04050147018563</t>
   </si>
   <si>
     <t>21191-008</t>
   </si>
   <si>
     <t>Messerelektrode, 1,5x17mm gebogen, L 30mm, ø 4mm</t>
   </si>
   <si>
+    <t>04050147018570</t>
+  </si>
+  <si>
     <t>04050147010949</t>
   </si>
   <si>
-    <t>04050147018570</t>
-[...1 lines deleted...]
-  <si>
     <t>21191-009</t>
   </si>
   <si>
     <t>Spatelelektrode, 3x24mm gebogen, L 40mm, ø 4mm</t>
   </si>
   <si>
     <t>04050147018587</t>
   </si>
   <si>
     <t>04050147010956</t>
   </si>
   <si>
     <t>21191-010</t>
   </si>
   <si>
     <t>Messerelektrode, 2,4x12mm gerade, L 120mm, ø 4mm</t>
   </si>
   <si>
     <t>04050147010963</t>
   </si>
   <si>
     <t>21191-011</t>
   </si>
   <si>
     <t>Messerelektrode, 2,4x12mm gebogen, L 115mm, ø 4mm</t>
@@ -9227,56 +9227,56 @@
   <si>
     <t>Nadelelektrode, ø 0,8x22mm gerade, L 40mm, ø 4mm</t>
   </si>
   <si>
     <t>04050147018594</t>
   </si>
   <si>
     <t>04050147010987</t>
   </si>
   <si>
     <t>21191-013</t>
   </si>
   <si>
     <t>Nadelelektrode, ø 0,8x29mm gerade, L 65mm, ø 4mm</t>
   </si>
   <si>
     <t>04050147010994</t>
   </si>
   <si>
     <t>21191-015</t>
   </si>
   <si>
     <t>Nadelelektrode, ø 0,8x20mm gebogen, L 35mm, ø 4mm</t>
   </si>
   <si>
+    <t>04050147019324</t>
+  </si>
+  <si>
     <t>04050147011007</t>
   </si>
   <si>
-    <t>04050147019324</t>
-[...1 lines deleted...]
-  <si>
     <t>21191-016</t>
   </si>
   <si>
     <t>Nadelelektrode Wolfr., 0,5x3mm gerade, L 40mm, ø 4mm</t>
   </si>
   <si>
     <t>04050147011588</t>
   </si>
   <si>
     <t>21191-017</t>
   </si>
   <si>
     <t>Nadelelektrode Wolfr., 0,5x3mm gebogen, L 35mm, ø 4mm</t>
   </si>
   <si>
     <t>04050147011618</t>
   </si>
   <si>
     <t>21191-018</t>
   </si>
   <si>
     <t>Nadelelektrode Wolfr., 0,5x3mm gerade, L 55mm, ø 4mm</t>
   </si>
   <si>
     <t>04050147011625</t>
@@ -9416,56 +9416,56 @@
   <si>
     <t>21191-033</t>
   </si>
   <si>
     <t>Kugelelektrode, ø 10mm gebogen, L 190mm, ø 4mm</t>
   </si>
   <si>
     <t>04050147011540</t>
   </si>
   <si>
     <t>21191-034</t>
   </si>
   <si>
     <t>Kugelelektrode, ø 8mm gebogen, L 240mm, ø 4mm</t>
   </si>
   <si>
     <t>04050147011519</t>
   </si>
   <si>
     <t>21191-035</t>
   </si>
   <si>
     <t>Drahtschlingenelektrode, ø 6mm gerade, L 40mm,  ø 4mm</t>
   </si>
   <si>
+    <t>04050147018655</t>
+  </si>
+  <si>
     <t>04050147011106</t>
   </si>
   <si>
-    <t>04050147018655</t>
-[...1 lines deleted...]
-  <si>
     <t>21191-036</t>
   </si>
   <si>
     <t>Drahtschlingenelektrode, ø12mm gerade, L 40mm,  ø 4mm</t>
   </si>
   <si>
     <t>04050147011199</t>
   </si>
   <si>
     <t>04050147018662</t>
   </si>
   <si>
     <t>21191-037</t>
   </si>
   <si>
     <t>Drahtschlingenelektrode, ø16mm gerade, L 40mm,  ø 4mm</t>
   </si>
   <si>
     <t>04050147018679</t>
   </si>
   <si>
     <t>04050147011144</t>
   </si>
   <si>
     <t>21191-038</t>
@@ -10370,68 +10370,68 @@
   <si>
     <t>21191-157</t>
   </si>
   <si>
     <t>Spatelelektrode, 2,3x19mm gerade, L 180mm, ø 2,4mm</t>
   </si>
   <si>
     <t>04050147012349</t>
   </si>
   <si>
     <t>21191-158</t>
   </si>
   <si>
     <t>Spatelelektrode, 2,3x19mm gerade, isol., L180mm, ø2,4mm</t>
   </si>
   <si>
     <t>04050147012080</t>
   </si>
   <si>
     <t>21191-159</t>
   </si>
   <si>
     <t>Spatelelektrode, 2,3x19mm gerade, L 45mm, ø 2,4mm</t>
   </si>
   <si>
+    <t>04050147019010</t>
+  </si>
+  <si>
     <t>04050147012011</t>
   </si>
   <si>
-    <t>04050147019010</t>
-[...1 lines deleted...]
-  <si>
     <t>21191-160</t>
   </si>
   <si>
     <t>Spatelelektrode, 2,3x19mm gebogen, L 40mm, ø 2,4mm</t>
   </si>
   <si>
+    <t>04050147012028</t>
+  </si>
+  <si>
     <t>04050147019027</t>
   </si>
   <si>
-    <t>04050147012028</t>
-[...1 lines deleted...]
-  <si>
     <t>21191-161</t>
   </si>
   <si>
     <t>Spatelelektrode, 2,3x19mm gerade, isol., L 45mm, ø2,4mm</t>
   </si>
   <si>
     <t>04050147019034</t>
   </si>
   <si>
     <t>04050147012356</t>
   </si>
   <si>
     <t>21191-162</t>
   </si>
   <si>
     <t>Spatelelektrode, 2,3x19mm gebogen, isol., L40mm, ø2,4mm</t>
   </si>
   <si>
     <t>04050147019041</t>
   </si>
   <si>
     <t>04050147012363</t>
   </si>
   <si>
     <t>21191-163</t>
@@ -11024,54 +11024,54 @@
   <si>
     <t>BiClamp® 260 C, MF-2 gebogen 18°, glatt, L 260mm</t>
   </si>
   <si>
     <t>04050147015227</t>
   </si>
   <si>
     <t>21195-400</t>
   </si>
   <si>
     <t>TriSect rapide® 140 ø 5mm, L 140mm</t>
   </si>
   <si>
     <t>04050147023376</t>
   </si>
   <si>
     <t>04050147023369</t>
   </si>
   <si>
     <t>21195-401</t>
   </si>
   <si>
     <t>TriSect rapide® 200 ø 5mm, L 200mm</t>
   </si>
   <si>
+    <t>04050147023383</t>
+  </si>
+  <si>
     <t>04050147023390</t>
-  </si>
-[...1 lines deleted...]
-    <t>04050147023383</t>
   </si>
   <si>
     <t>21195-402</t>
   </si>
   <si>
     <t>TriSect rapide® 350 ø 5mm, L 350mm</t>
   </si>
   <si>
     <t>04050147023406</t>
   </si>
   <si>
     <t>04050147023413</t>
   </si>
   <si>
     <t>21195-403</t>
   </si>
   <si>
     <t>TriSect rapide® 450 ø 5mm, L 450mm</t>
   </si>
   <si>
     <t>04050147023420</t>
   </si>
   <si>
     <t>04050147023437</t>
   </si>
@@ -12949,65 +12949,65 @@
     <row r="122">
       <c r="A122" t="s" s="2">
         <v>299</v>
       </c>
       <c r="B122" t="s">
         <v>300</v>
       </c>
       <c r="C122" t="s" s="2">
         <v>301</v>
       </c>
       <c r="D122">
         <v>1</v>
       </c>
     </row>
     <row r="123">
       <c r="A123" t="s" s="2">
         <v>302</v>
       </c>
       <c r="B123" t="s">
         <v>303</v>
       </c>
       <c r="C123" t="s" s="2">
         <v>304</v>
       </c>
       <c r="D123">
-        <v>1</v>
+        <v>5</v>
       </c>
     </row>
     <row r="124">
       <c r="A124" t="s" s="2">
         <v>302</v>
       </c>
       <c r="B124" t="s">
         <v>303</v>
       </c>
       <c r="C124" t="s" s="2">
         <v>305</v>
       </c>
       <c r="D124">
-        <v>5</v>
+        <v>1</v>
       </c>
     </row>
     <row r="125">
       <c r="A125" t="s" s="2">
         <v>306</v>
       </c>
       <c r="B125" t="s">
         <v>307</v>
       </c>
       <c r="C125" t="s" s="2">
         <v>308</v>
       </c>
       <c r="D125">
         <v>5</v>
       </c>
     </row>
     <row r="126">
       <c r="A126" t="s" s="2">
         <v>306</v>
       </c>
       <c r="B126" t="s">
         <v>307</v>
       </c>
       <c r="C126" t="s" s="2">
         <v>309</v>
@@ -13033,93 +13033,93 @@
     <row r="128">
       <c r="A128" t="s" s="2">
         <v>310</v>
       </c>
       <c r="B128" t="s">
         <v>311</v>
       </c>
       <c r="C128" t="s" s="2">
         <v>313</v>
       </c>
       <c r="D128">
         <v>1</v>
       </c>
     </row>
     <row r="129">
       <c r="A129" t="s" s="2">
         <v>314</v>
       </c>
       <c r="B129" t="s">
         <v>315</v>
       </c>
       <c r="C129" t="s" s="2">
         <v>316</v>
       </c>
       <c r="D129">
-        <v>5</v>
+        <v>1</v>
       </c>
     </row>
     <row r="130">
       <c r="A130" t="s" s="2">
         <v>314</v>
       </c>
       <c r="B130" t="s">
         <v>315</v>
       </c>
       <c r="C130" t="s" s="2">
         <v>317</v>
       </c>
       <c r="D130">
-        <v>1</v>
+        <v>5</v>
       </c>
     </row>
     <row r="131">
       <c r="A131" t="s" s="2">
         <v>318</v>
       </c>
       <c r="B131" t="s">
         <v>319</v>
       </c>
       <c r="C131" t="s" s="2">
         <v>320</v>
       </c>
       <c r="D131">
-        <v>5</v>
+        <v>1</v>
       </c>
     </row>
     <row r="132">
       <c r="A132" t="s" s="2">
         <v>318</v>
       </c>
       <c r="B132" t="s">
         <v>319</v>
       </c>
       <c r="C132" t="s" s="2">
         <v>321</v>
       </c>
       <c r="D132">
-        <v>1</v>
+        <v>5</v>
       </c>
     </row>
     <row r="133">
       <c r="A133" t="s" s="2">
         <v>322</v>
       </c>
       <c r="B133" t="s">
         <v>323</v>
       </c>
       <c r="C133" t="s" s="2">
         <v>324</v>
       </c>
       <c r="D133">
         <v>5</v>
       </c>
     </row>
     <row r="134">
       <c r="A134" t="s" s="2">
         <v>322</v>
       </c>
       <c r="B134" t="s">
         <v>323</v>
       </c>
       <c r="C134" t="s" s="2">
         <v>325</v>
@@ -13815,65 +13815,65 @@
     <row r="184">
       <c r="A184" t="s" s="2">
         <v>437</v>
       </c>
       <c r="B184" t="s">
         <v>438</v>
       </c>
       <c r="C184" t="s" s="2">
         <v>440</v>
       </c>
       <c r="D184">
         <v>5</v>
       </c>
     </row>
     <row r="185">
       <c r="A185" t="s" s="2">
         <v>441</v>
       </c>
       <c r="B185" t="s">
         <v>442</v>
       </c>
       <c r="C185" t="s" s="2">
         <v>443</v>
       </c>
       <c r="D185">
-        <v>1</v>
+        <v>5</v>
       </c>
     </row>
     <row r="186">
       <c r="A186" t="s" s="2">
         <v>441</v>
       </c>
       <c r="B186" t="s">
         <v>442</v>
       </c>
       <c r="C186" t="s" s="2">
         <v>444</v>
       </c>
       <c r="D186">
-        <v>5</v>
+        <v>1</v>
       </c>
     </row>
     <row r="187">
       <c r="A187" t="s" s="2">
         <v>445</v>
       </c>
       <c r="B187" t="s">
         <v>446</v>
       </c>
       <c r="C187" t="s" s="2">
         <v>447</v>
       </c>
       <c r="D187">
         <v>1</v>
       </c>
     </row>
     <row r="188">
       <c r="A188" t="s" s="2">
         <v>445</v>
       </c>
       <c r="B188" t="s">
         <v>446</v>
       </c>
       <c r="C188" t="s" s="2">
         <v>448</v>
@@ -14123,65 +14123,65 @@
     <row r="206">
       <c r="A206" t="s" s="2">
         <v>487</v>
       </c>
       <c r="B206" t="s">
         <v>488</v>
       </c>
       <c r="C206" t="s" s="2">
         <v>490</v>
       </c>
       <c r="D206">
         <v>5</v>
       </c>
     </row>
     <row r="207">
       <c r="A207" t="s" s="2">
         <v>491</v>
       </c>
       <c r="B207" t="s">
         <v>492</v>
       </c>
       <c r="C207" t="s" s="2">
         <v>493</v>
       </c>
       <c r="D207">
-        <v>5</v>
+        <v>1</v>
       </c>
     </row>
     <row r="208">
       <c r="A208" t="s" s="2">
         <v>491</v>
       </c>
       <c r="B208" t="s">
         <v>492</v>
       </c>
       <c r="C208" t="s" s="2">
         <v>494</v>
       </c>
       <c r="D208">
-        <v>1</v>
+        <v>5</v>
       </c>
     </row>
     <row r="209">
       <c r="A209" t="s" s="2">
         <v>495</v>
       </c>
       <c r="B209" t="s">
         <v>496</v>
       </c>
       <c r="C209" t="s" s="2">
         <v>497</v>
       </c>
       <c r="D209">
         <v>5</v>
       </c>
     </row>
     <row r="210">
       <c r="A210" t="s" s="2">
         <v>495</v>
       </c>
       <c r="B210" t="s">
         <v>496</v>
       </c>
       <c r="C210" t="s" s="2">
         <v>498</v>
@@ -22411,65 +22411,65 @@
     <row r="798">
       <c r="A798" t="s" s="2">
         <v>1886</v>
       </c>
       <c r="B798" t="s">
         <v>1887</v>
       </c>
       <c r="C798" t="s" s="2">
         <v>1890</v>
       </c>
       <c r="D798">
         <v>30</v>
       </c>
     </row>
     <row r="799">
       <c r="A799" t="s" s="2">
         <v>1891</v>
       </c>
       <c r="B799" t="s">
         <v>1892</v>
       </c>
       <c r="C799" t="s" s="2">
         <v>1893</v>
       </c>
       <c r="D799">
-        <v>10</v>
+        <v>1</v>
       </c>
     </row>
     <row r="800">
       <c r="A800" t="s" s="2">
         <v>1891</v>
       </c>
       <c r="B800" t="s">
         <v>1892</v>
       </c>
       <c r="C800" t="s" s="2">
         <v>1894</v>
       </c>
       <c r="D800">
-        <v>1</v>
+        <v>10</v>
       </c>
     </row>
     <row r="801">
       <c r="A801" t="s" s="2">
         <v>1891</v>
       </c>
       <c r="B801" t="s">
         <v>1892</v>
       </c>
       <c r="C801" t="s" s="2">
         <v>1895</v>
       </c>
       <c r="D801">
         <v>50</v>
       </c>
     </row>
     <row r="802">
       <c r="A802" t="s" s="2">
         <v>1896</v>
       </c>
       <c r="B802" t="s">
         <v>1778</v>
       </c>
       <c r="C802" t="s" s="2">
         <v>1897</v>
@@ -22565,79 +22565,79 @@
     <row r="809">
       <c r="A809" t="s" s="2">
         <v>1900</v>
       </c>
       <c r="B809" t="s">
         <v>1901</v>
       </c>
       <c r="C809" t="s" s="2">
         <v>1906</v>
       </c>
       <c r="D809">
         <v>30</v>
       </c>
     </row>
     <row r="810">
       <c r="A810" t="s" s="2">
         <v>1907</v>
       </c>
       <c r="B810" t="s">
         <v>1908</v>
       </c>
       <c r="C810" t="s" s="2">
         <v>1909</v>
       </c>
       <c r="D810">
-        <v>1</v>
+        <v>10</v>
       </c>
     </row>
     <row r="811">
       <c r="A811" t="s" s="2">
         <v>1907</v>
       </c>
       <c r="B811" t="s">
         <v>1908</v>
       </c>
       <c r="C811" t="s" s="2">
         <v>1910</v>
       </c>
       <c r="D811">
-        <v>10</v>
+        <v>35</v>
       </c>
     </row>
     <row r="812">
       <c r="A812" t="s" s="2">
         <v>1907</v>
       </c>
       <c r="B812" t="s">
         <v>1908</v>
       </c>
       <c r="C812" t="s" s="2">
         <v>1911</v>
       </c>
       <c r="D812">
-        <v>35</v>
+        <v>1</v>
       </c>
     </row>
     <row r="813">
       <c r="A813" t="s" s="2">
         <v>1907</v>
       </c>
       <c r="B813" t="s">
         <v>1908</v>
       </c>
       <c r="C813" t="s" s="2">
         <v>1912</v>
       </c>
       <c r="D813">
         <v>7</v>
       </c>
     </row>
     <row r="814">
       <c r="A814" t="s" s="2">
         <v>1907</v>
       </c>
       <c r="B814" t="s">
         <v>1908</v>
       </c>
       <c r="C814" t="s" s="2">
         <v>1913</v>
@@ -24553,65 +24553,65 @@
     <row r="951">
       <c r="A951" t="s" s="2">
         <v>2210</v>
       </c>
       <c r="B951" t="s">
         <v>2211</v>
       </c>
       <c r="C951" s="3">
         <v>13760278264033</v>
       </c>
       <c r="D951">
         <v>20</v>
       </c>
     </row>
     <row r="952">
       <c r="A952" t="s" s="2">
         <v>2213</v>
       </c>
       <c r="B952" t="s">
         <v>2214</v>
       </c>
       <c r="C952" t="s" s="2">
         <v>2215</v>
       </c>
       <c r="D952">
-        <v>1</v>
+        <v>20</v>
       </c>
     </row>
     <row r="953">
       <c r="A953" t="s" s="2">
         <v>2213</v>
       </c>
       <c r="B953" t="s">
         <v>2214</v>
       </c>
       <c r="C953" t="s" s="2">
         <v>2216</v>
       </c>
       <c r="D953">
-        <v>20</v>
+        <v>1</v>
       </c>
     </row>
     <row r="954">
       <c r="A954" t="s" s="2">
         <v>2217</v>
       </c>
       <c r="B954" t="s">
         <v>2218</v>
       </c>
       <c r="C954" t="s" s="2">
         <v>2219</v>
       </c>
       <c r="D954">
         <v>50</v>
       </c>
     </row>
     <row r="955">
       <c r="A955" t="s" s="2">
         <v>2217</v>
       </c>
       <c r="B955" t="s">
         <v>2218</v>
       </c>
       <c r="C955" t="s" s="2">
         <v>2220</v>
@@ -28557,65 +28557,65 @@
     <row r="1237">
       <c r="A1237" t="s" s="2">
         <v>3045</v>
       </c>
       <c r="B1237" t="s">
         <v>3046</v>
       </c>
       <c r="C1237" t="s" s="2">
         <v>3048</v>
       </c>
       <c r="D1237">
         <v>5</v>
       </c>
     </row>
     <row r="1238">
       <c r="A1238" t="s" s="2">
         <v>3049</v>
       </c>
       <c r="B1238" t="s">
         <v>3050</v>
       </c>
       <c r="C1238" t="s" s="2">
         <v>3051</v>
       </c>
       <c r="D1238">
-        <v>1</v>
+        <v>5</v>
       </c>
     </row>
     <row r="1239">
       <c r="A1239" t="s" s="2">
         <v>3049</v>
       </c>
       <c r="B1239" t="s">
         <v>3050</v>
       </c>
       <c r="C1239" t="s" s="2">
         <v>3052</v>
       </c>
       <c r="D1239">
-        <v>5</v>
+        <v>1</v>
       </c>
     </row>
     <row r="1240">
       <c r="A1240" t="s" s="2">
         <v>3053</v>
       </c>
       <c r="B1240" t="s">
         <v>3054</v>
       </c>
       <c r="C1240" t="s" s="2">
         <v>3055</v>
       </c>
       <c r="D1240">
         <v>5</v>
       </c>
     </row>
     <row r="1241">
       <c r="A1241" t="s" s="2">
         <v>3053</v>
       </c>
       <c r="B1241" t="s">
         <v>3054</v>
       </c>
       <c r="C1241" t="s" s="2">
         <v>3056</v>
@@ -28683,65 +28683,65 @@
     <row r="1246">
       <c r="A1246" t="s" s="2">
         <v>3067</v>
       </c>
       <c r="B1246" t="s">
         <v>3068</v>
       </c>
       <c r="C1246" t="s" s="2">
         <v>3069</v>
       </c>
       <c r="D1246">
         <v>1</v>
       </c>
     </row>
     <row r="1247">
       <c r="A1247" t="s" s="2">
         <v>3070</v>
       </c>
       <c r="B1247" t="s">
         <v>3071</v>
       </c>
       <c r="C1247" t="s" s="2">
         <v>3072</v>
       </c>
       <c r="D1247">
-        <v>1</v>
+        <v>5</v>
       </c>
     </row>
     <row r="1248">
       <c r="A1248" t="s" s="2">
         <v>3070</v>
       </c>
       <c r="B1248" t="s">
         <v>3071</v>
       </c>
       <c r="C1248" t="s" s="2">
         <v>3073</v>
       </c>
       <c r="D1248">
-        <v>5</v>
+        <v>1</v>
       </c>
     </row>
     <row r="1249">
       <c r="A1249" t="s" s="2">
         <v>3074</v>
       </c>
       <c r="B1249" t="s">
         <v>3075</v>
       </c>
       <c r="C1249" t="s" s="2">
         <v>3076</v>
       </c>
       <c r="D1249">
         <v>1</v>
       </c>
     </row>
     <row r="1250">
       <c r="A1250" t="s" s="2">
         <v>3077</v>
       </c>
       <c r="B1250" t="s">
         <v>3078</v>
       </c>
       <c r="C1250" t="s" s="2">
         <v>3079</v>
@@ -29033,65 +29033,65 @@
     <row r="1271">
       <c r="A1271" t="s" s="2">
         <v>3130</v>
       </c>
       <c r="B1271" t="s">
         <v>3131</v>
       </c>
       <c r="C1271" t="s" s="2">
         <v>3132</v>
       </c>
       <c r="D1271">
         <v>1</v>
       </c>
     </row>
     <row r="1272">
       <c r="A1272" t="s" s="2">
         <v>3133</v>
       </c>
       <c r="B1272" t="s">
         <v>3134</v>
       </c>
       <c r="C1272" t="s" s="2">
         <v>3135</v>
       </c>
       <c r="D1272">
-        <v>1</v>
+        <v>5</v>
       </c>
     </row>
     <row r="1273">
       <c r="A1273" t="s" s="2">
         <v>3133</v>
       </c>
       <c r="B1273" t="s">
         <v>3134</v>
       </c>
       <c r="C1273" t="s" s="2">
         <v>3136</v>
       </c>
       <c r="D1273">
-        <v>5</v>
+        <v>1</v>
       </c>
     </row>
     <row r="1274">
       <c r="A1274" t="s" s="2">
         <v>3137</v>
       </c>
       <c r="B1274" t="s">
         <v>3138</v>
       </c>
       <c r="C1274" t="s" s="2">
         <v>3139</v>
       </c>
       <c r="D1274">
         <v>1</v>
       </c>
     </row>
     <row r="1275">
       <c r="A1275" t="s" s="2">
         <v>3137</v>
       </c>
       <c r="B1275" t="s">
         <v>3138</v>
       </c>
       <c r="C1275" t="s" s="2">
         <v>3140</v>
@@ -30853,93 +30853,93 @@
     <row r="1401">
       <c r="A1401" t="s" s="2">
         <v>3448</v>
       </c>
       <c r="B1401" t="s">
         <v>3449</v>
       </c>
       <c r="C1401" t="s" s="2">
         <v>3450</v>
       </c>
       <c r="D1401">
         <v>1</v>
       </c>
     </row>
     <row r="1402">
       <c r="A1402" t="s" s="2">
         <v>3451</v>
       </c>
       <c r="B1402" t="s">
         <v>3452</v>
       </c>
       <c r="C1402" t="s" s="2">
         <v>3453</v>
       </c>
       <c r="D1402">
-        <v>1</v>
+        <v>5</v>
       </c>
     </row>
     <row r="1403">
       <c r="A1403" t="s" s="2">
         <v>3451</v>
       </c>
       <c r="B1403" t="s">
         <v>3452</v>
       </c>
       <c r="C1403" t="s" s="2">
         <v>3454</v>
       </c>
       <c r="D1403">
-        <v>5</v>
+        <v>1</v>
       </c>
     </row>
     <row r="1404">
       <c r="A1404" t="s" s="2">
         <v>3455</v>
       </c>
       <c r="B1404" t="s">
         <v>3456</v>
       </c>
       <c r="C1404" t="s" s="2">
         <v>3457</v>
       </c>
       <c r="D1404">
-        <v>5</v>
+        <v>1</v>
       </c>
     </row>
     <row r="1405">
       <c r="A1405" t="s" s="2">
         <v>3455</v>
       </c>
       <c r="B1405" t="s">
         <v>3456</v>
       </c>
       <c r="C1405" t="s" s="2">
         <v>3458</v>
       </c>
       <c r="D1405">
-        <v>1</v>
+        <v>5</v>
       </c>
     </row>
     <row r="1406">
       <c r="A1406" t="s" s="2">
         <v>3459</v>
       </c>
       <c r="B1406" t="s">
         <v>3460</v>
       </c>
       <c r="C1406" t="s" s="2">
         <v>3461</v>
       </c>
       <c r="D1406">
         <v>5</v>
       </c>
     </row>
     <row r="1407">
       <c r="A1407" t="s" s="2">
         <v>3459</v>
       </c>
       <c r="B1407" t="s">
         <v>3460</v>
       </c>
       <c r="C1407" t="s" s="2">
         <v>3462</v>
@@ -32166,68 +32166,68 @@
         <v>10</v>
       </c>
     </row>
     <row r="1495">
       <c r="A1495" t="s" s="2">
         <v>3590</v>
       </c>
       <c r="B1495" t="s">
         <v>3591</v>
       </c>
       <c r="C1495" t="s" s="2">
         <v>3592</v>
       </c>
       <c r="D1495">
         <v>1</v>
       </c>
     </row>
     <row r="1496">
       <c r="A1496" t="s" s="2">
         <v>3590</v>
       </c>
       <c r="B1496" t="s">
         <v>3591</v>
       </c>
       <c r="C1496" s="3">
-        <v>26939029817710</v>
+        <v>16939029817713</v>
       </c>
       <c r="D1496">
-        <v>100</v>
+        <v>10</v>
       </c>
     </row>
     <row r="1497">
       <c r="A1497" t="s" s="2">
         <v>3590</v>
       </c>
       <c r="B1497" t="s">
         <v>3591</v>
       </c>
       <c r="C1497" s="3">
-        <v>16939029817713</v>
+        <v>26939029817710</v>
       </c>
       <c r="D1497">
-        <v>10</v>
+        <v>100</v>
       </c>
     </row>
     <row r="1498">
       <c r="A1498" t="s" s="2">
         <v>3590</v>
       </c>
       <c r="B1498" t="s">
         <v>3591</v>
       </c>
       <c r="C1498" s="3">
         <v>36939029817717</v>
       </c>
       <c r="D1498">
         <v>1000</v>
       </c>
     </row>
     <row r="1499">
       <c r="A1499" t="s" s="2">
         <v>3593</v>
       </c>
       <c r="B1499" t="s">
         <v>3594</v>
       </c>
       <c r="C1499" s="3">
         <v>16939029817737</v>
@@ -32743,65 +32743,65 @@
     <row r="1536">
       <c r="A1536" t="s" s="2">
         <v>3665</v>
       </c>
       <c r="B1536" t="s">
         <v>3666</v>
       </c>
       <c r="C1536" t="s" s="2">
         <v>3668</v>
       </c>
       <c r="D1536">
         <v>1</v>
       </c>
     </row>
     <row r="1537">
       <c r="A1537" t="s" s="2">
         <v>3669</v>
       </c>
       <c r="B1537" t="s">
         <v>3670</v>
       </c>
       <c r="C1537" t="s" s="2">
         <v>3671</v>
       </c>
       <c r="D1537">
-        <v>5</v>
+        <v>1</v>
       </c>
     </row>
     <row r="1538">
       <c r="A1538" t="s" s="2">
         <v>3669</v>
       </c>
       <c r="B1538" t="s">
         <v>3670</v>
       </c>
       <c r="C1538" t="s" s="2">
         <v>3672</v>
       </c>
       <c r="D1538">
-        <v>1</v>
+        <v>5</v>
       </c>
     </row>
     <row r="1539">
       <c r="A1539" t="s" s="2">
         <v>3673</v>
       </c>
       <c r="B1539" t="s">
         <v>3674</v>
       </c>
       <c r="C1539" t="s" s="2">
         <v>3675</v>
       </c>
       <c r="D1539">
         <v>1</v>
       </c>
     </row>
     <row r="1540">
       <c r="A1540" t="s" s="2">
         <v>3673</v>
       </c>
       <c r="B1540" t="s">
         <v>3674</v>
       </c>
       <c r="C1540" t="s" s="2">
         <v>3676</v>